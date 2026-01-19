--- v0 (2025-12-04)
+++ v1 (2026-01-19)
@@ -10,287 +10,386 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="112">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Josué de Castro</t>
+    <t>Enzo Gorlomi</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/240/plo_33_2025_-_josue.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da presença de um profissional de segurança nas instituições de ensino do Município de Joselândia.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>Venceslau Brás</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/</t>
   </si>
   <si>
     <t>TRAMITA</t>
   </si>
   <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>5667</t>
+  </si>
+  <si>
+    <t>COF - Comissão de Orçamentos e Finanças</t>
+  </si>
+  <si>
+    <t>TESTE 1</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>5668</t>
+  </si>
+  <si>
+    <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_169_2014_-_arquivo_1.doc</t>
+  </si>
+  <si>
+    <t>(ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 3.192, DE 06 DE OUTUBRO DE 1999, ALTERADA PELA LEI 4731, DE 18 DE FEVEREIRO DE 2010)</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>5669</t>
+  </si>
+  <si>
+    <t>altra nome de rua</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>5670</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação</t>
+  </si>
+  <si>
+    <t>testeee</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>5671</t>
+  </si>
+  <si>
+    <t>teste novamente</t>
+  </si>
+  <si>
     <t>246</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>Eunice Michiles, Isabel do Brasil, Ruy Barbosa</t>
+    <t>Antonio Margheriti, Boça, Cássio</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/246/moc_12_2025_-_varios.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à pessoa do ILMO. VENÂNCIO PEDRO DE LIMA, por sua excepcional trajetória e serviços prestados ao Município de Joselândia e seu significativo desempenho.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/236/emenda.pdf</t>
   </si>
   <si>
     <t>Emenda Lorem ipsum dolor sit amet, consectetur adipiscing elit. Etiam eget ligula eu lectus lobortis condimentum. Aliquam nonummy auctor massa. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Nulla at risus. Quisque purus magna, auctor et, sagittis ac, posuere eu, lectus. Nam mattis, felis ut adipiscing.</t>
   </si>
   <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>João Estrella</t>
+  </si>
+  <si>
+    <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/248/documento.pdf</t>
+  </si>
+  <si>
+    <t>Modifica a redação do Art. 1º do PLO nº 31 de 2025.</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica Municipal</t>
+  </si>
+  <si>
+    <t>Altera a redação dos artigos 26 e 27 e suprime os artigos 28 e 29, da lei orgânica municipal, e dá outras providências.</t>
+  </si>
+  <si>
     <t>234</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/234/oficio.pdf</t>
   </si>
   <si>
     <t>Exemplo de Requerimento</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Monteiro Lopes</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/244/req_30_2025_-_monteiro.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de ofício à Diretoria do Hospital Beneficente de Joselândia.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>Nereu Ramos</t>
+    <t>Rasga Lama</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/245/req_32_2025_-_nereu.pdf</t>
   </si>
   <si>
     <t>Pedido de informação à Companhia de Habitação.</t>
   </si>
   <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>Neto</t>
+  </si>
+  <si>
+    <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/256/permissoes_sapl.pdf</t>
+  </si>
+  <si>
+    <t>Testando isso aqui...</t>
+  </si>
+  <si>
     <t>237</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao.pdf</t>
   </si>
   <si>
     <t>Indicação Lorem ipsum dolor sit amet, consectetur adipiscing elit. Etiam eget ligula eu lectus lobortis condimentum. Aliquam nonummy auctor massa. Pellentesque habitant morbi tristique senectus et netus et malesuada fames ac turpis egestas. Nulla at risus. Quisque purus magna, auctor et, sagittis ac, posuere eu, lectus. Nam mattis, felis ut adipiscing.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Eunice Michiles</t>
+    <t>Cássio</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/241/ind_20_2025_-_eunice.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de redutores de velocidade no bairro Vila de Góis.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Carlos Lacerda</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/242/ind_21_2025_-_carlos.pdf</t>
   </si>
   <si>
     <t>Indica roçagem no bairro Vila de Lima.</t>
   </si>
   <si>
-    <t>243</t>
-[...17 lines deleted...]
-    <t>31</t>
+    <t>249</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>VET</t>
+  </si>
+  <si>
+    <t>Razões do Veto</t>
+  </si>
+  <si>
+    <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/249/documento.pdf</t>
+  </si>
+  <si>
+    <t>Veto Parcial ao texto, pelas razões de manifesta contrariedade ao interesse público que passa a expor:</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>veto ao PL 256/2025</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>42</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário</t>
   </si>
   <si>
-    <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/238/plo_31_2025_-_venceslau.pdf</t>
-[...11 lines deleted...]
-    <t>Joaquim Nabuco</t>
+    <t>Dominic Decoco</t>
   </si>
   <si>
     <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/239/plo_42_2025_-_joaquim.pdf</t>
   </si>
   <si>
     <t>Assegura o direito aos proprietários de animais cães-guia no transporte rodoviário municipal.</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/250/anexo.pdf</t>
+  </si>
+  <si>
+    <t>Altera Art. 1º da LEI ORDINÁRIA Nº 312 de 2025. "Dispõe sobre a criação de vagas de estágio."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -594,68 +693,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/240/plo_33_2025_-_josue.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/246/moc_12_2025_-_varios.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/236/emenda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/234/oficio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/244/req_30_2025_-_monteiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/245/req_32_2025_-_nereu.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/241/ind_20_2025_-_eunice.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/242/ind_21_2025_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/243/ind_22_2025_-_laelia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/238/plo_31_2025_-_venceslau.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/239/plo_42_2025_-_joaquim.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/240/plo_33_2025_-_josue.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_169_2014_-_arquivo_1.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/246/moc_12_2025_-_varios.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/236/emenda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/248/documento.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/234/oficio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/244/req_30_2025_-_monteiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/245/req_32_2025_-_nereu.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/256/permissoes_sapl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/241/ind_20_2025_-_eunice.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/242/ind_21_2025_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/249/documento.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/239/plo_42_2025_-_joaquim.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/250/anexo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="38.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -704,331 +803,568 @@
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="G4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="D12" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E13" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H14" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
         <v>74</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
         <v>75</v>
       </c>
-      <c r="D14" t="s">
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" t="s">
+        <v>86</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>93</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" t="s">
+        <v>95</v>
+      </c>
+      <c r="E20" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H21" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>102</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" t="s">
         <v>11</v>
       </c>
-      <c r="E14" t="s">
-[...9 lines deleted...]
-        <v>78</v>
+      <c r="E22" t="s">
+        <v>104</v>
+      </c>
+      <c r="F22" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H22" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>108</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>104</v>
+      </c>
+      <c r="F23" t="s">
+        <v>105</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H23" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>