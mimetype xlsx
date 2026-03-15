--- v1 (2026-01-19)
+++ v2 (2026-03-15)
@@ -10,386 +10,116 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="22">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>240</t>
+    <t>324</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>33</t>
+    <t>51</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Enzo Gorlomi</t>
-[...293 lines deleted...]
-    <t>Altera Art. 1º da LEI ORDINÁRIA Nº 312 de 2025. "Dispõe sobre a criação de vagas de estágio."</t>
+    <t>Carlos Lacerda</t>
+  </si>
+  <si>
+    <t>http://sapl31demo.interlegis.leg.br/media/</t>
+  </si>
+  <si>
+    <t>56456564654665465</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Permitir que o teto dos juízes passe a ser o piso.</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Estabelece critérios para a jornada 1/7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -693,69 +423,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/240/plo_33_2025_-_josue.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_169_2014_-_arquivo_1.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/246/moc_12_2025_-_varios.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/236/emenda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/248/documento.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/234/oficio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/244/req_30_2025_-_monteiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/245/req_32_2025_-_nereu.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/256/permissoes_sapl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/241/ind_20_2025_-_eunice.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/242/ind_21_2025_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/249/documento.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/239/plo_42_2025_-_joaquim.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl31demo.interlegis.leg.br/media/sapl/public/materialegislativa/2025/250/anexo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl31demo.interlegis.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="39.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="43.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -782,589 +512,85 @@
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
-[...478 lines deleted...]
-        <v>111</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
-    <hyperlink ref="G5" r:id="rId4"/>
-[...17 lines deleted...]
-    <hyperlink ref="G23" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>